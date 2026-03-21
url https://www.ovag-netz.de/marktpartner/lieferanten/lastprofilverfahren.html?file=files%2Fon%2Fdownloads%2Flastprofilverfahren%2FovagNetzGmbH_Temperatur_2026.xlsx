--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\LV\Netznutzung\Nachtspeicherheizungen\OVAG_produktiv\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Websites\www.ovag-netz.de\Downloads\bis 02-2023\lastprofilverfahren\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD746759-D005-4E8E-A4B0-E8F6F30B64B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6DE27349-710C-4B93-95A7-6B96F7A373F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-60" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>Jan</t>
@@ -1080,51 +1080,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BK51"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="K28" sqref="K28"/>
+      <selection activeCell="H22" sqref="H22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="28" customWidth="1"/>
     <col min="2" max="2" width="5.140625" style="28" customWidth="1"/>
     <col min="3" max="3" width="1" style="28" customWidth="1"/>
     <col min="4" max="4" width="10.42578125" style="28" customWidth="1"/>
     <col min="5" max="5" width="13.85546875" style="28" customWidth="1"/>
     <col min="6" max="17" width="10.42578125" style="28" customWidth="1"/>
     <col min="18" max="18" width="11.42578125" style="28"/>
     <col min="19" max="19" width="12.85546875" style="28" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="6.75" customHeight="1">
       <c r="A1" s="23"/>
       <c r="B1" s="24"/>
       <c r="C1" s="24"/>
       <c r="D1" s="25"/>
       <c r="E1" s="26"/>
       <c r="F1" s="3"/>
       <c r="G1" s="4"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
@@ -1392,499 +1392,533 @@
       <c r="M13" s="47" t="s">
         <v>9</v>
       </c>
       <c r="N13" s="47" t="s">
         <v>10</v>
       </c>
       <c r="O13" s="48" t="s">
         <v>11</v>
       </c>
       <c r="P13" s="11"/>
       <c r="Q13" s="35"/>
       <c r="T13" s="75"/>
       <c r="U13" s="77"/>
       <c r="V13" s="75"/>
       <c r="W13" s="76"/>
     </row>
     <row r="14" spans="1:23" ht="15.75">
       <c r="A14" s="39"/>
       <c r="B14" s="49">
         <v>1</v>
       </c>
       <c r="C14" s="50"/>
       <c r="D14" s="59">
         <v>1.9</v>
       </c>
-      <c r="E14" s="60"/>
+      <c r="E14" s="60">
+        <v>13.6</v>
+      </c>
       <c r="F14" s="61"/>
       <c r="G14" s="60"/>
       <c r="H14" s="60"/>
       <c r="I14" s="60"/>
       <c r="J14" s="62"/>
       <c r="K14" s="62"/>
       <c r="L14" s="60"/>
       <c r="M14" s="60"/>
       <c r="N14" s="62"/>
       <c r="O14" s="60"/>
       <c r="P14" s="11"/>
       <c r="Q14" s="35"/>
       <c r="S14" s="76"/>
       <c r="T14" s="75"/>
       <c r="U14" s="77"/>
       <c r="V14" s="75"/>
       <c r="W14" s="76"/>
     </row>
     <row r="15" spans="1:23" ht="15.75">
       <c r="A15" s="39"/>
       <c r="B15" s="53">
         <v>2</v>
       </c>
       <c r="C15" s="54"/>
       <c r="D15" s="63">
         <v>1.5</v>
       </c>
-      <c r="E15" s="57"/>
+      <c r="E15" s="57">
+        <v>14.2</v>
+      </c>
       <c r="F15" s="64"/>
       <c r="G15" s="57"/>
       <c r="H15" s="57"/>
       <c r="I15" s="57"/>
       <c r="J15" s="65"/>
       <c r="K15" s="65"/>
       <c r="L15" s="57"/>
       <c r="M15" s="57"/>
       <c r="N15" s="65"/>
       <c r="O15" s="57"/>
       <c r="P15" s="11"/>
       <c r="Q15" s="35"/>
       <c r="S15" s="76"/>
       <c r="T15" s="75"/>
       <c r="U15" s="77"/>
       <c r="V15" s="75"/>
       <c r="W15" s="76"/>
     </row>
     <row r="16" spans="1:23" ht="15.75">
       <c r="A16" s="39"/>
       <c r="B16" s="44">
         <v>3</v>
       </c>
       <c r="C16" s="45"/>
       <c r="D16" s="66">
         <v>-0.3</v>
       </c>
-      <c r="E16" s="58"/>
+      <c r="E16" s="58">
+        <v>16.100000000000001</v>
+      </c>
       <c r="F16" s="67"/>
       <c r="G16" s="58"/>
       <c r="H16" s="58"/>
       <c r="I16" s="58"/>
       <c r="J16" s="68"/>
       <c r="K16" s="68"/>
       <c r="L16" s="58"/>
       <c r="M16" s="58"/>
       <c r="N16" s="68"/>
       <c r="O16" s="58"/>
       <c r="P16" s="11"/>
       <c r="Q16" s="35"/>
       <c r="S16" s="76"/>
       <c r="T16" s="75"/>
       <c r="U16" s="77"/>
       <c r="V16" s="75"/>
       <c r="W16" s="76"/>
     </row>
     <row r="17" spans="1:63" ht="15.75">
       <c r="A17" s="39"/>
       <c r="B17" s="53">
         <v>4</v>
       </c>
       <c r="C17" s="54"/>
       <c r="D17" s="63">
         <v>-1</v>
       </c>
-      <c r="E17" s="57"/>
+      <c r="E17" s="57">
+        <v>14.9</v>
+      </c>
       <c r="F17" s="64"/>
       <c r="G17" s="57"/>
       <c r="H17" s="57"/>
       <c r="I17" s="57"/>
       <c r="J17" s="65"/>
       <c r="K17" s="65"/>
       <c r="L17" s="57"/>
       <c r="M17" s="57"/>
       <c r="N17" s="65"/>
       <c r="O17" s="57"/>
       <c r="P17" s="11"/>
       <c r="Q17" s="35"/>
       <c r="S17" s="76"/>
       <c r="T17" s="75"/>
       <c r="U17" s="77"/>
       <c r="V17" s="75"/>
       <c r="W17" s="76"/>
     </row>
     <row r="18" spans="1:63" ht="15.75">
       <c r="A18" s="39"/>
       <c r="B18" s="44">
         <v>5</v>
       </c>
       <c r="C18" s="45"/>
       <c r="D18" s="66">
         <v>-4.3</v>
       </c>
-      <c r="E18" s="58"/>
+      <c r="E18" s="58">
+        <v>14.2</v>
+      </c>
       <c r="F18" s="67"/>
       <c r="G18" s="58"/>
       <c r="H18" s="58"/>
       <c r="I18" s="58"/>
       <c r="J18" s="68"/>
       <c r="K18" s="68"/>
       <c r="L18" s="58"/>
       <c r="M18" s="58"/>
       <c r="N18" s="68"/>
       <c r="O18" s="58"/>
       <c r="P18" s="11"/>
       <c r="Q18" s="35"/>
       <c r="S18" s="76"/>
       <c r="T18" s="75"/>
       <c r="U18" s="77"/>
       <c r="V18" s="75"/>
       <c r="W18" s="76"/>
     </row>
     <row r="19" spans="1:63" ht="15.75">
       <c r="A19" s="39"/>
       <c r="B19" s="53">
         <v>6</v>
       </c>
       <c r="C19" s="54"/>
       <c r="D19" s="63">
         <v>-4</v>
       </c>
-      <c r="E19" s="57"/>
+      <c r="E19" s="57">
+        <v>14.1</v>
+      </c>
       <c r="F19" s="64"/>
       <c r="G19" s="57"/>
       <c r="H19" s="57"/>
       <c r="I19" s="57"/>
       <c r="J19" s="65"/>
       <c r="K19" s="65"/>
       <c r="L19" s="57"/>
       <c r="M19" s="57"/>
       <c r="N19" s="65"/>
       <c r="O19" s="57"/>
       <c r="P19" s="11"/>
       <c r="Q19" s="35"/>
       <c r="S19" s="76"/>
       <c r="T19" s="75"/>
       <c r="U19" s="77"/>
       <c r="V19" s="75"/>
       <c r="W19" s="76"/>
     </row>
     <row r="20" spans="1:63" ht="15.75">
       <c r="A20" s="39"/>
       <c r="B20" s="44">
         <v>7</v>
       </c>
       <c r="C20" s="45"/>
       <c r="D20" s="66">
         <v>-3.3</v>
       </c>
-      <c r="E20" s="58"/>
+      <c r="E20" s="58">
+        <v>11.9</v>
+      </c>
       <c r="F20" s="67"/>
       <c r="G20" s="58"/>
       <c r="H20" s="58"/>
       <c r="I20" s="58"/>
       <c r="J20" s="68"/>
       <c r="K20" s="68"/>
       <c r="L20" s="58"/>
       <c r="M20" s="58"/>
       <c r="N20" s="68"/>
       <c r="O20" s="58"/>
       <c r="P20" s="11"/>
       <c r="Q20" s="35"/>
       <c r="S20" s="76"/>
       <c r="T20" s="75"/>
       <c r="U20" s="77"/>
       <c r="V20" s="75"/>
       <c r="W20" s="76"/>
     </row>
     <row r="21" spans="1:63" ht="15.75">
       <c r="A21" s="39"/>
       <c r="B21" s="53">
         <v>8</v>
       </c>
       <c r="C21" s="54"/>
       <c r="D21" s="63">
         <v>0.4</v>
       </c>
-      <c r="E21" s="57"/>
+      <c r="E21" s="57">
+        <v>13.3</v>
+      </c>
       <c r="F21" s="64"/>
       <c r="G21" s="57"/>
       <c r="H21" s="57"/>
       <c r="I21" s="57"/>
       <c r="J21" s="65"/>
       <c r="K21" s="65"/>
       <c r="L21" s="57"/>
       <c r="M21" s="57"/>
       <c r="N21" s="65"/>
       <c r="O21" s="57"/>
       <c r="P21" s="11"/>
       <c r="Q21" s="35"/>
       <c r="S21" s="76"/>
       <c r="T21" s="75"/>
       <c r="U21" s="77"/>
       <c r="V21" s="75"/>
       <c r="W21" s="76"/>
     </row>
     <row r="22" spans="1:63" ht="15.75">
       <c r="A22" s="39"/>
       <c r="B22" s="44">
         <v>9</v>
       </c>
       <c r="C22" s="45"/>
       <c r="D22" s="66">
         <v>4.8</v>
       </c>
-      <c r="E22" s="58"/>
+      <c r="E22" s="58">
+        <v>13.3</v>
+      </c>
       <c r="F22" s="67"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="68"/>
       <c r="K22" s="68"/>
       <c r="L22" s="58"/>
       <c r="M22" s="58"/>
       <c r="N22" s="68"/>
       <c r="O22" s="58"/>
       <c r="P22" s="11"/>
       <c r="Q22" s="35"/>
       <c r="S22" s="76"/>
       <c r="T22" s="75"/>
       <c r="U22" s="77"/>
       <c r="V22" s="75"/>
       <c r="W22" s="76"/>
     </row>
     <row r="23" spans="1:63" ht="15.75">
       <c r="A23" s="39"/>
       <c r="B23" s="53">
         <v>10</v>
       </c>
       <c r="C23" s="54"/>
       <c r="D23" s="63">
         <v>0.1</v>
       </c>
-      <c r="E23" s="57"/>
+      <c r="E23" s="57">
+        <v>12.5</v>
+      </c>
       <c r="F23" s="64"/>
       <c r="G23" s="57"/>
       <c r="H23" s="57"/>
       <c r="I23" s="57"/>
       <c r="J23" s="65"/>
       <c r="K23" s="65"/>
       <c r="L23" s="57"/>
       <c r="M23" s="57"/>
       <c r="N23" s="65"/>
       <c r="O23" s="57"/>
       <c r="P23" s="11"/>
       <c r="Q23" s="35"/>
       <c r="S23" s="76"/>
       <c r="T23" s="75"/>
       <c r="U23" s="77"/>
       <c r="V23" s="75"/>
       <c r="W23" s="76"/>
     </row>
     <row r="24" spans="1:63" ht="15.75">
       <c r="A24" s="39"/>
       <c r="B24" s="44">
         <v>11</v>
       </c>
       <c r="C24" s="45"/>
       <c r="D24" s="66">
         <v>-3.7</v>
       </c>
-      <c r="E24" s="58"/>
+      <c r="E24" s="58">
+        <v>7.6</v>
+      </c>
       <c r="F24" s="67"/>
       <c r="G24" s="58"/>
       <c r="H24" s="58"/>
       <c r="I24" s="58"/>
       <c r="J24" s="68"/>
       <c r="K24" s="68"/>
       <c r="L24" s="58"/>
       <c r="M24" s="58"/>
       <c r="N24" s="68"/>
       <c r="O24" s="58"/>
       <c r="P24" s="11"/>
       <c r="Q24" s="35"/>
       <c r="S24" s="76"/>
       <c r="T24" s="75"/>
       <c r="U24" s="77"/>
       <c r="V24" s="75"/>
       <c r="W24" s="76"/>
     </row>
     <row r="25" spans="1:63" ht="15.75">
       <c r="A25" s="39"/>
       <c r="B25" s="53">
         <v>12</v>
       </c>
       <c r="C25" s="54"/>
       <c r="D25" s="63">
         <v>1.4</v>
       </c>
-      <c r="E25" s="57"/>
+      <c r="E25" s="57">
+        <v>8.1999999999999993</v>
+      </c>
       <c r="F25" s="64"/>
       <c r="G25" s="57"/>
       <c r="H25" s="57"/>
       <c r="I25" s="57"/>
       <c r="J25" s="65"/>
       <c r="K25" s="65"/>
       <c r="L25" s="57"/>
       <c r="M25" s="57"/>
       <c r="N25" s="65"/>
       <c r="O25" s="57"/>
       <c r="P25" s="11"/>
       <c r="Q25" s="35"/>
       <c r="S25" s="76"/>
       <c r="T25" s="75"/>
       <c r="U25" s="77"/>
       <c r="V25" s="75"/>
       <c r="W25" s="76"/>
     </row>
     <row r="26" spans="1:63" ht="15.75">
       <c r="A26" s="39"/>
       <c r="B26" s="44">
         <v>13</v>
       </c>
       <c r="C26" s="45"/>
       <c r="D26" s="66">
         <v>5.3</v>
       </c>
-      <c r="E26" s="58"/>
+      <c r="E26" s="58">
+        <v>8.6</v>
+      </c>
       <c r="F26" s="67"/>
       <c r="G26" s="58"/>
       <c r="H26" s="58"/>
       <c r="I26" s="58"/>
       <c r="J26" s="68"/>
       <c r="K26" s="68"/>
       <c r="L26" s="58"/>
       <c r="M26" s="58"/>
       <c r="N26" s="68"/>
       <c r="O26" s="58"/>
       <c r="P26" s="11"/>
       <c r="Q26" s="35"/>
       <c r="S26" s="76"/>
       <c r="T26" s="75"/>
       <c r="U26" s="77"/>
       <c r="V26" s="75"/>
       <c r="W26" s="76"/>
     </row>
     <row r="27" spans="1:63" ht="15.75">
       <c r="A27" s="39"/>
       <c r="B27" s="53">
         <v>14</v>
       </c>
       <c r="C27" s="54"/>
       <c r="D27" s="63">
         <v>6.7</v>
       </c>
-      <c r="E27" s="57"/>
+      <c r="E27" s="57">
+        <v>13.5</v>
+      </c>
       <c r="F27" s="64"/>
       <c r="G27" s="57"/>
       <c r="H27" s="57"/>
       <c r="I27" s="57"/>
       <c r="J27" s="65"/>
       <c r="K27" s="65"/>
       <c r="L27" s="57"/>
       <c r="M27" s="57"/>
       <c r="N27" s="65"/>
       <c r="O27" s="57"/>
       <c r="P27" s="11"/>
       <c r="Q27" s="35"/>
       <c r="S27" s="76"/>
       <c r="T27" s="75"/>
       <c r="U27" s="77"/>
       <c r="V27" s="75"/>
       <c r="W27" s="76"/>
     </row>
     <row r="28" spans="1:63" ht="15.75">
       <c r="A28" s="39"/>
       <c r="B28" s="44">
         <v>15</v>
       </c>
       <c r="C28" s="45"/>
       <c r="D28" s="66">
         <v>8.1999999999999993</v>
       </c>
-      <c r="E28" s="58"/>
+      <c r="E28" s="58">
+        <v>15.1</v>
+      </c>
       <c r="F28" s="67"/>
       <c r="G28" s="58"/>
       <c r="H28" s="58"/>
       <c r="I28" s="58"/>
       <c r="J28" s="68"/>
       <c r="K28" s="68"/>
       <c r="L28" s="58"/>
       <c r="M28" s="58"/>
       <c r="N28" s="68"/>
       <c r="O28" s="58"/>
       <c r="P28" s="11"/>
       <c r="Q28" s="35"/>
       <c r="S28" s="76"/>
       <c r="T28" s="75"/>
       <c r="U28" s="77"/>
       <c r="V28" s="75"/>
       <c r="W28" s="76"/>
     </row>
     <row r="29" spans="1:63" ht="15.75">
       <c r="A29" s="39"/>
       <c r="B29" s="53">
         <v>16</v>
       </c>
       <c r="C29" s="54"/>
       <c r="D29" s="63">
         <v>7.7</v>
       </c>
-      <c r="E29" s="57"/>
+      <c r="E29" s="57">
+        <v>13.4</v>
+      </c>
       <c r="F29" s="64"/>
       <c r="G29" s="57"/>
       <c r="H29" s="57"/>
       <c r="I29" s="57"/>
       <c r="J29" s="65"/>
       <c r="K29" s="65"/>
       <c r="L29" s="57"/>
       <c r="M29" s="57"/>
       <c r="N29" s="65"/>
       <c r="O29" s="57"/>
       <c r="P29" s="11"/>
       <c r="Q29" s="35"/>
       <c r="S29" s="76"/>
       <c r="T29" s="75"/>
       <c r="U29" s="77"/>
       <c r="V29" s="75"/>
       <c r="W29" s="76"/>
     </row>
     <row r="30" spans="1:63" ht="15.75">
       <c r="A30" s="39"/>
       <c r="B30" s="44">
         <v>17</v>
       </c>
       <c r="C30" s="45"/>
       <c r="D30" s="66">
         <v>2.9</v>
       </c>
-      <c r="E30" s="58"/>
+      <c r="E30" s="58">
+        <v>12.3</v>
+      </c>
       <c r="F30" s="67"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="58"/>
       <c r="J30" s="68"/>
       <c r="K30" s="68"/>
       <c r="L30" s="58"/>
       <c r="M30" s="58"/>
       <c r="N30" s="68"/>
       <c r="O30" s="58"/>
       <c r="P30" s="11"/>
       <c r="Q30" s="35"/>
       <c r="S30" s="76"/>
       <c r="T30" s="75"/>
       <c r="U30" s="77"/>
       <c r="V30" s="75"/>
       <c r="W30" s="76"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
@@ -1908,323 +1942,345 @@
       <c r="AW30"/>
       <c r="AX30"/>
       <c r="AY30"/>
       <c r="AZ30"/>
       <c r="BA30"/>
       <c r="BB30"/>
       <c r="BC30"/>
       <c r="BD30"/>
       <c r="BE30"/>
       <c r="BF30"/>
       <c r="BG30"/>
       <c r="BH30"/>
       <c r="BI30"/>
       <c r="BJ30"/>
       <c r="BK30"/>
     </row>
     <row r="31" spans="1:63" ht="15.75">
       <c r="A31" s="39"/>
       <c r="B31" s="53">
         <v>18</v>
       </c>
       <c r="C31" s="54"/>
       <c r="D31" s="63">
         <v>2.6</v>
       </c>
-      <c r="E31" s="57"/>
+      <c r="E31" s="57">
+        <v>13.5</v>
+      </c>
       <c r="F31" s="64"/>
       <c r="G31" s="57"/>
       <c r="H31" s="57"/>
       <c r="I31" s="57"/>
       <c r="J31" s="65"/>
       <c r="K31" s="65"/>
       <c r="L31" s="57"/>
       <c r="M31" s="57"/>
       <c r="N31" s="65"/>
       <c r="O31" s="57"/>
       <c r="P31" s="11"/>
       <c r="Q31" s="35"/>
       <c r="S31" s="76"/>
       <c r="T31" s="75"/>
       <c r="U31" s="77"/>
       <c r="V31" s="75"/>
       <c r="W31" s="76"/>
     </row>
     <row r="32" spans="1:63" ht="15.75">
       <c r="A32" s="39"/>
       <c r="B32" s="44">
         <v>19</v>
       </c>
       <c r="C32" s="45"/>
       <c r="D32" s="66">
         <v>0.2</v>
       </c>
-      <c r="E32" s="58"/>
+      <c r="E32" s="58">
+        <v>15.5</v>
+      </c>
       <c r="F32" s="67"/>
       <c r="G32" s="58"/>
       <c r="H32" s="58"/>
       <c r="I32" s="58"/>
       <c r="J32" s="68"/>
       <c r="K32" s="68"/>
       <c r="L32" s="58"/>
       <c r="M32" s="58"/>
       <c r="N32" s="58"/>
       <c r="O32" s="58"/>
       <c r="P32" s="11"/>
       <c r="Q32" s="35"/>
       <c r="S32" s="76"/>
       <c r="T32" s="75"/>
       <c r="U32" s="77"/>
       <c r="V32" s="75"/>
       <c r="W32" s="76"/>
     </row>
     <row r="33" spans="1:23" ht="15.75">
       <c r="A33" s="39"/>
       <c r="B33" s="53">
         <v>20</v>
       </c>
       <c r="C33" s="54"/>
       <c r="D33" s="63">
         <v>-2.5</v>
       </c>
-      <c r="E33" s="57"/>
+      <c r="E33" s="57">
+        <v>14.6</v>
+      </c>
       <c r="F33" s="64"/>
       <c r="G33" s="57"/>
       <c r="H33" s="57"/>
       <c r="I33" s="57"/>
       <c r="J33" s="65"/>
       <c r="K33" s="65"/>
       <c r="L33" s="57"/>
       <c r="M33" s="57"/>
       <c r="N33" s="57"/>
       <c r="O33" s="57"/>
       <c r="P33" s="11"/>
       <c r="Q33" s="35"/>
       <c r="S33" s="76"/>
       <c r="T33" s="75"/>
       <c r="V33" s="75"/>
       <c r="W33" s="76"/>
     </row>
     <row r="34" spans="1:23" ht="15.75">
       <c r="A34" s="39"/>
       <c r="B34" s="44">
         <v>21</v>
       </c>
       <c r="C34" s="45"/>
       <c r="D34" s="66">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="E34" s="58"/>
+      <c r="E34" s="58">
+        <v>8.8000000000000007</v>
+      </c>
       <c r="F34" s="67"/>
       <c r="G34" s="58"/>
       <c r="H34" s="58"/>
       <c r="I34" s="58"/>
       <c r="J34" s="68"/>
       <c r="K34" s="68"/>
       <c r="L34" s="58"/>
       <c r="M34" s="58"/>
       <c r="N34" s="58"/>
       <c r="O34" s="58"/>
       <c r="P34" s="11"/>
       <c r="Q34" s="35"/>
       <c r="S34" s="76"/>
       <c r="T34" s="75"/>
       <c r="V34" s="75"/>
       <c r="W34" s="76"/>
     </row>
     <row r="35" spans="1:23" ht="15.75">
       <c r="A35" s="39"/>
       <c r="B35" s="53">
         <v>22</v>
       </c>
       <c r="C35" s="54"/>
       <c r="D35" s="63">
         <v>-1.5</v>
       </c>
-      <c r="E35" s="57"/>
+      <c r="E35" s="57">
+        <v>5.8000000000000007</v>
+      </c>
       <c r="F35" s="64"/>
       <c r="G35" s="57"/>
       <c r="H35" s="57"/>
       <c r="I35" s="57"/>
       <c r="J35" s="65"/>
       <c r="K35" s="65"/>
       <c r="L35" s="57"/>
       <c r="M35" s="57"/>
       <c r="N35" s="57"/>
       <c r="O35" s="57"/>
       <c r="P35" s="11"/>
       <c r="Q35" s="35"/>
       <c r="S35" s="76"/>
       <c r="T35" s="75"/>
       <c r="V35" s="75"/>
       <c r="W35" s="76"/>
     </row>
     <row r="36" spans="1:23" ht="15.75">
       <c r="A36" s="39"/>
       <c r="B36" s="44">
         <v>23</v>
       </c>
       <c r="C36" s="45"/>
       <c r="D36" s="66">
         <v>-0.2</v>
       </c>
-      <c r="E36" s="58"/>
+      <c r="E36" s="58">
+        <v>6</v>
+      </c>
       <c r="F36" s="67"/>
       <c r="G36" s="58"/>
       <c r="H36" s="58"/>
       <c r="I36" s="58"/>
       <c r="J36" s="68"/>
       <c r="K36" s="68"/>
       <c r="L36" s="58"/>
       <c r="M36" s="58"/>
       <c r="N36" s="58"/>
       <c r="O36" s="58"/>
       <c r="P36" s="11"/>
       <c r="Q36" s="35"/>
       <c r="S36" s="76"/>
       <c r="T36" s="75"/>
       <c r="V36" s="75"/>
       <c r="W36" s="76"/>
     </row>
     <row r="37" spans="1:23" ht="15.75">
       <c r="A37" s="39"/>
       <c r="B37" s="53">
         <v>24</v>
       </c>
       <c r="C37" s="54"/>
       <c r="D37" s="63">
         <v>-0.2</v>
       </c>
-      <c r="E37" s="57"/>
+      <c r="E37" s="57">
+        <v>7</v>
+      </c>
       <c r="F37" s="64"/>
       <c r="G37" s="57"/>
       <c r="H37" s="57"/>
       <c r="I37" s="57"/>
       <c r="J37" s="65"/>
       <c r="K37" s="65"/>
       <c r="L37" s="57"/>
       <c r="M37" s="57"/>
       <c r="N37" s="57"/>
       <c r="O37" s="57"/>
       <c r="P37" s="11"/>
       <c r="Q37" s="35"/>
       <c r="S37" s="76"/>
       <c r="T37" s="75"/>
       <c r="V37" s="75"/>
       <c r="W37" s="76"/>
     </row>
     <row r="38" spans="1:23" ht="15.75">
       <c r="A38" s="39"/>
       <c r="B38" s="44">
         <v>25</v>
       </c>
       <c r="C38" s="45"/>
       <c r="D38" s="66">
         <v>-1.6</v>
       </c>
-      <c r="E38" s="58"/>
+      <c r="E38" s="58">
+        <v>6.6999999999999993</v>
+      </c>
       <c r="F38" s="67"/>
       <c r="G38" s="58"/>
       <c r="H38" s="58"/>
       <c r="I38" s="58"/>
       <c r="J38" s="68"/>
       <c r="K38" s="68"/>
       <c r="L38" s="58"/>
       <c r="M38" s="58"/>
       <c r="N38" s="58"/>
       <c r="O38" s="58"/>
       <c r="P38" s="11"/>
       <c r="Q38" s="35"/>
       <c r="S38" s="76"/>
       <c r="T38" s="75"/>
       <c r="V38" s="75"/>
       <c r="W38" s="76"/>
     </row>
     <row r="39" spans="1:23" ht="15.75">
       <c r="A39" s="39"/>
       <c r="B39" s="53">
         <v>26</v>
       </c>
       <c r="C39" s="54"/>
       <c r="D39" s="63">
         <v>0.2</v>
       </c>
-      <c r="E39" s="57"/>
+      <c r="E39" s="57">
+        <v>9.6</v>
+      </c>
       <c r="F39" s="64"/>
       <c r="G39" s="57"/>
       <c r="H39" s="57"/>
       <c r="I39" s="57"/>
       <c r="J39" s="65"/>
       <c r="K39" s="65"/>
       <c r="L39" s="57"/>
       <c r="M39" s="57"/>
       <c r="N39" s="57"/>
       <c r="O39" s="57"/>
       <c r="P39" s="11"/>
       <c r="Q39" s="35"/>
       <c r="S39" s="76"/>
       <c r="T39" s="75"/>
       <c r="V39" s="75"/>
       <c r="W39" s="76"/>
     </row>
     <row r="40" spans="1:23" ht="15.75">
       <c r="A40" s="39"/>
       <c r="B40" s="44">
         <v>27</v>
       </c>
       <c r="C40" s="45"/>
       <c r="D40" s="66">
         <v>2.4</v>
       </c>
-      <c r="E40" s="58"/>
+      <c r="E40" s="58">
+        <v>7.4</v>
+      </c>
       <c r="F40" s="67"/>
       <c r="G40" s="58"/>
       <c r="H40" s="58"/>
       <c r="I40" s="58"/>
       <c r="J40" s="68"/>
       <c r="K40" s="68"/>
       <c r="L40" s="58"/>
       <c r="M40" s="58"/>
       <c r="N40" s="58"/>
       <c r="O40" s="58"/>
       <c r="P40" s="11"/>
       <c r="Q40" s="35"/>
       <c r="S40" s="76"/>
       <c r="T40" s="75"/>
       <c r="V40" s="75"/>
       <c r="W40" s="76"/>
     </row>
     <row r="41" spans="1:23" ht="15.75">
       <c r="A41" s="39"/>
       <c r="B41" s="53">
         <v>28</v>
       </c>
       <c r="C41" s="54"/>
       <c r="D41" s="63">
         <v>2.9</v>
       </c>
-      <c r="E41" s="57"/>
+      <c r="E41" s="57">
+        <v>7.5</v>
+      </c>
       <c r="F41" s="64"/>
       <c r="G41" s="57"/>
       <c r="H41" s="57"/>
       <c r="I41" s="57"/>
       <c r="J41" s="65"/>
       <c r="K41" s="65"/>
       <c r="L41" s="57"/>
       <c r="M41" s="57"/>
       <c r="N41" s="65"/>
       <c r="O41" s="57"/>
       <c r="P41" s="11"/>
       <c r="Q41" s="35"/>
       <c r="S41" s="76"/>
       <c r="T41" s="75"/>
       <c r="V41" s="75"/>
       <c r="W41" s="76"/>
     </row>
     <row r="42" spans="1:23" ht="15.75">
       <c r="A42" s="39"/>
       <c r="B42" s="44">
         <v>29</v>
       </c>
       <c r="C42" s="45"/>
       <c r="D42" s="66">
         <v>0.8</v>